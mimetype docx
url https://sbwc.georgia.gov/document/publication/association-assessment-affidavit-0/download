--- v0 (2025-10-08)
+++ v1 (2026-02-03)
@@ -1209,86 +1209,86 @@
         <w:t>insurer</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>."  This same code section states that each insurer shall annually make a sworn statement of its direct earned premiums.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E7189D7" w14:textId="77777777" w:rsidR="00122B01" w:rsidRDefault="00122B01">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-612"/>
         </w:tabs>
         <w:ind w:left="120" w:right="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="74C1D1C6" w14:textId="22E7CCA0" w:rsidR="00122B01" w:rsidRDefault="008540D8">
+    <w:p w14:paraId="74C1D1C6" w14:textId="59BECE3D" w:rsidR="00122B01" w:rsidRDefault="008540D8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-612"/>
         </w:tabs>
         <w:ind w:left="120" w:right="390"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>There is prepared below an affidavit for making the report required.  Please have the affidavit executed and returned to this office by March 1, 20</w:t>
       </w:r>
       <w:r w:rsidR="007E0265">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00802410">
-[...5 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="00CD27B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A997C82" w14:textId="77777777" w:rsidR="00122B01" w:rsidRDefault="00122B01">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-612"/>
         </w:tabs>
         <w:ind w:left="120" w:right="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7D4A707F" w14:textId="77777777" w:rsidR="00122B01" w:rsidRDefault="008540D8">
@@ -1662,87 +1662,87 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EB1DD13" w14:textId="77777777" w:rsidR="00122B01" w:rsidRDefault="00122B01">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-612"/>
         </w:tabs>
         <w:ind w:left="120" w:right="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="787AFD29" w14:textId="277AC236" w:rsidR="00122B01" w:rsidRDefault="008540D8">
+    <w:p w14:paraId="787AFD29" w14:textId="2D07474F" w:rsidR="00122B01" w:rsidRDefault="008540D8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-612"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="120" w:right="394"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Personally appeared before the undersigned who, upon being sworn deposes and says that to the best of my knowledge and belief the direct net earned premiums of the ___________________________________________________ for the 20</w:t>
       </w:r>
       <w:r w:rsidR="002F228E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00802410">
-[...5 lines deleted...]
-        <w:t>4</w:t>
+      <w:r w:rsidR="00CD27B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> calendar year in the State of Georgia were $ ________________.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="214F173E" w14:textId="77777777" w:rsidR="00122B01" w:rsidRDefault="00122B01">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-612"/>
         </w:tabs>
         <w:ind w:left="120" w:right="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="723B570C" w14:textId="5CFB208F" w:rsidR="00122B01" w:rsidRDefault="008540D8">
@@ -2459,86 +2459,86 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="12" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="11016"/>
       </w:tblGrid>
       <w:tr w:rsidR="00122B01" w14:paraId="1CE2494C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11016" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="772A0EB4" w14:textId="6C24D8C9" w:rsidR="00122B01" w:rsidRDefault="008540D8">
+          <w:p w14:paraId="772A0EB4" w14:textId="3D1110C2" w:rsidR="00122B01" w:rsidRDefault="008540D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="108"/>
               </w:tabs>
               <w:ind w:left="108" w:right="108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Enclosed is a copy of the Association Report that must be completed and returned via email to assessment@sbwc.ga.gov on or before March 1, 20</w:t>
             </w:r>
             <w:r w:rsidR="007E0265">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00802410">
+            <w:r w:rsidR="00CD27B1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2383034F" w14:textId="77777777" w:rsidR="00122B01" w:rsidRDefault="00122B01">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="108"/>
               </w:tabs>
               <w:ind w:left="108" w:right="108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7422A12C" w14:textId="72E0E7F3" w:rsidR="00122B01" w:rsidRDefault="008540D8">
@@ -2650,58 +2650,58 @@
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="120" w:right="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00122B01">
       <w:headerReference w:type="default" r:id="rId6"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1160" w:right="600" w:bottom="720" w:left="600" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1F4AE195" w14:textId="77777777" w:rsidR="00B64BF0" w:rsidRDefault="00B64BF0">
+    <w:p w14:paraId="38EA6198" w14:textId="77777777" w:rsidR="001A5046" w:rsidRDefault="001A5046">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="62C3C07F" w14:textId="77777777" w:rsidR="00B64BF0" w:rsidRDefault="00B64BF0">
+    <w:p w14:paraId="5A4DE646" w14:textId="77777777" w:rsidR="001A5046" w:rsidRDefault="001A5046">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
@@ -2726,58 +2726,58 @@
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2229FA45" w14:textId="77777777" w:rsidR="00B64BF0" w:rsidRDefault="00B64BF0">
+    <w:p w14:paraId="66070897" w14:textId="77777777" w:rsidR="001A5046" w:rsidRDefault="001A5046">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="380469D2" w14:textId="77777777" w:rsidR="00B64BF0" w:rsidRDefault="00B64BF0">
+    <w:p w14:paraId="000CD2E9" w14:textId="77777777" w:rsidR="001A5046" w:rsidRDefault="001A5046">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblInd w:w="12" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="2335"/>
       <w:gridCol w:w="5658"/>
       <w:gridCol w:w="3023"/>
@@ -2924,51 +2924,71 @@
             <w:t>270 Peachtree Street, N.W.</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="6C5F2F2B" w14:textId="77777777" w:rsidR="00122B01" w:rsidRDefault="008540D8">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4788"/>
               <w:tab w:val="right" w:pos="9468"/>
             </w:tabs>
             <w:ind w:left="108" w:right="108"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="000000"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="000000"/>
             </w:rPr>
-            <w:t>Atlanta, Georgia  30303-1299</w:t>
+            <w:t xml:space="preserve">Atlanta, </w:t>
+          </w:r>
+          <w:proofErr w:type="gramStart"/>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="000000"/>
+            </w:rPr>
+            <w:t>Georgia  30303</w:t>
+          </w:r>
+          <w:proofErr w:type="gramEnd"/>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="000000"/>
+            </w:rPr>
+            <w:t>-1299</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3023" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:tcPr>
         <w:p w14:paraId="1AA16E80" w14:textId="07FB650D" w:rsidR="00122B01" w:rsidRDefault="00B90C3A">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4788"/>
               <w:tab w:val="right" w:pos="9468"/>
             </w:tabs>
             <w:ind w:left="108" w:right="108"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="000000"/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00B90C3A">
@@ -3124,117 +3144,120 @@
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="761433D6" w14:textId="77777777" w:rsidR="00122B01" w:rsidRDefault="00122B01">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4788"/>
         <w:tab w:val="right" w:pos="9468"/>
       </w:tabs>
       <w:ind w:left="120" w:right="120"/>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:eastAsia="Courier" w:hAnsi="Courier" w:cs="Courier"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="+PA0k2KfynvEuZ1+hy2oGOK+4BotxdcSys6/XNcNB34SoaDFDlKri9xOrbBAgHJ9PQG2UdKzdHh0VrKvDiC55Q==" w:salt="nDpKxclvgLFSd6r/BsFftg=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="yKW8rv17iRqDpJlpfDDzAwaUaIqNo4f2XIiaI5NvnwBB90as75ADOM3EG+HL+dmQvjQdvNpF9DNUeuj02Iy14g==" w:salt="8+GDi9bX0jZkAFvdbjhxig=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00122B01"/>
     <w:rsid w:val="00122B01"/>
+    <w:rsid w:val="001A5046"/>
     <w:rsid w:val="002A3E1E"/>
     <w:rsid w:val="002F228E"/>
     <w:rsid w:val="00317D3B"/>
+    <w:rsid w:val="003241FF"/>
     <w:rsid w:val="00366201"/>
     <w:rsid w:val="004414EF"/>
     <w:rsid w:val="00443625"/>
     <w:rsid w:val="007E0265"/>
     <w:rsid w:val="00802410"/>
     <w:rsid w:val="0082793C"/>
     <w:rsid w:val="008540D8"/>
     <w:rsid w:val="00A268E8"/>
     <w:rsid w:val="00A4048D"/>
     <w:rsid w:val="00B4628A"/>
     <w:rsid w:val="00B64BF0"/>
     <w:rsid w:val="00B90C3A"/>
     <w:rsid w:val="00C34CDE"/>
+    <w:rsid w:val="00CD27B1"/>
     <w:rsid w:val="00DE3414"/>
     <w:rsid w:val="00E31800"/>
     <w:rsid w:val="00F0411E"/>
     <w:rsid w:val="00FC409E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="49A2A2D2"/>
   <w15:docId w15:val="{D0509C2C-9A96-4155-933F-F0937D6FB90B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>