--- v0 (2025-10-08)
+++ v1 (2026-02-03)
@@ -1576,95 +1576,95 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="11C3C446" w14:textId="77777777" w:rsidR="00C6141F" w:rsidRDefault="00C6141F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4788"/>
         </w:tabs>
         <w:ind w:left="-600"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E4D6FEC" w14:textId="4DDF906B" w:rsidR="00C6141F" w:rsidRDefault="00D81BEB">
+    <w:p w14:paraId="1E4D6FEC" w14:textId="53B5EBE1" w:rsidR="00C6141F" w:rsidRDefault="00D81BEB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4788"/>
         </w:tabs>
         <w:ind w:left="-600"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:tab/>
         <w:t>Report due on or before March 1, 20</w:t>
       </w:r>
       <w:r w:rsidR="000A5042">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="000D21A6">
+      <w:r w:rsidR="00A24DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BCB76F2" w14:textId="77777777" w:rsidR="00C6141F" w:rsidRDefault="00C6141F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="108"/>
         </w:tabs>
         <w:ind w:left="-600"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="679EDCF5" w14:textId="77777777" w:rsidR="00C6141F" w:rsidRDefault="00D81BEB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="108"/>
         </w:tabs>
         <w:ind w:left="-600"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1673,51 +1673,51 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>Code Section 34-9-63 of the Georgia Code Annotated provides for the Annual Assessment to be made after July 1 based on the total payroll for the previous calendar year.  Overtime wages will be reported at normal rates.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="548F81F0" w14:textId="77777777" w:rsidR="00C6141F" w:rsidRDefault="00C6141F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="108"/>
         </w:tabs>
         <w:ind w:left="-600"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2078B359" w14:textId="0E68D5B9" w:rsidR="00C6141F" w:rsidRDefault="00D81BEB">
+    <w:p w14:paraId="2078B359" w14:textId="45F02102" w:rsidR="00C6141F" w:rsidRDefault="00D81BEB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="108"/>
         </w:tabs>
         <w:ind w:left="-600"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>NOTE 1:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1752,57 +1752,57 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>0 per week and a maximum individual payroll of $</w:t>
       </w:r>
       <w:r w:rsidR="000D21A6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="000D21A6">
+      <w:r w:rsidR="00A24DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>1</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>00 per week.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51852B08" w14:textId="77777777" w:rsidR="00C6141F" w:rsidRDefault="00C6141F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="108"/>
         </w:tabs>
         <w:ind w:left="-600"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7CD0B99B" w14:textId="77777777" w:rsidR="00C6141F" w:rsidRDefault="00D81BEB">
@@ -2004,87 +2004,87 @@
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4830"/>
         <w:gridCol w:w="1987"/>
         <w:gridCol w:w="1987"/>
         <w:gridCol w:w="1988"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C6141F" w14:paraId="033B5612" w14:textId="77777777" w:rsidTr="00C32628">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10792" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="402C6C16" w14:textId="180FD407" w:rsidR="00C6141F" w:rsidRDefault="00D81BEB" w:rsidP="00C32628">
+          <w:p w14:paraId="402C6C16" w14:textId="53916B9D" w:rsidR="00C6141F" w:rsidRDefault="00D81BEB" w:rsidP="00C32628">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5384"/>
               </w:tabs>
               <w:spacing w:before="144" w:after="144"/>
               <w:ind w:left="120" w:right="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Payroll for Calendar Year 20</w:t>
             </w:r>
             <w:r w:rsidR="00054296">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="000D21A6">
+            <w:r w:rsidR="00A24DAB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004613D7" w14:paraId="40A55166" w14:textId="77777777" w:rsidTr="004613D7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4830" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1661AE5C" w14:textId="77777777" w:rsidR="004613D7" w:rsidRDefault="004613D7" w:rsidP="004613D7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="1018"/>
               </w:tabs>
               <w:ind w:left="120" w:right="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
@@ -15692,188 +15692,188 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="12" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4733"/>
         <w:gridCol w:w="4843"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C6141F" w14:paraId="71893811" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="13C96458" w14:textId="18042DA6" w:rsidR="00C6141F" w:rsidRDefault="00D81BEB">
+          <w:p w14:paraId="13C96458" w14:textId="35E40749" w:rsidR="00C6141F" w:rsidRDefault="00D81BEB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="108"/>
               </w:tabs>
               <w:ind w:left="108" w:right="108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Enclosed is a copy of the Annual Report of Self-Insurer’s Payroll that must be completed, notarized and returned via email to assessment@sbwc.ga.gov on or before March 1, 20</w:t>
             </w:r>
             <w:r w:rsidR="00A2496A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00782A63">
+            <w:r w:rsidR="00A24DAB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="301B49BA" w14:textId="77777777" w:rsidR="00C6141F" w:rsidRDefault="00C6141F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="108"/>
               </w:tabs>
               <w:ind w:left="108" w:right="108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="21E84288" w14:textId="25B0B014" w:rsidR="00C6141F" w:rsidRDefault="00D81BEB">
+          <w:p w14:paraId="21E84288" w14:textId="0B5B14F2" w:rsidR="00C6141F" w:rsidRDefault="00D81BEB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="108"/>
               </w:tabs>
               <w:ind w:left="108" w:right="108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>If your company has been certified as a Drug-Free Workplace employer during calendar year 20</w:t>
             </w:r>
             <w:r w:rsidR="00E763B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00782A63">
+            <w:r w:rsidR="00A24DAB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> you must attach a copy of the certification to the payroll report being submitted </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>in order to</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> receive the 7.5% credit reduction in the worker’s compensation calculated premium. It should be noted that the 7.5% discount will be pro-rated against the number of months your company was certified during the calendar year 20</w:t>
             </w:r>
             <w:r w:rsidR="00E763B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00782A63">
+            <w:r w:rsidR="00A24DAB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="664D2CB4" w14:textId="77777777" w:rsidR="00C6141F" w:rsidRDefault="00C6141F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="108"/>
               </w:tabs>
               <w:ind w:left="108" w:right="108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="39B8D24D" w14:textId="0759C782" w:rsidR="00C6141F" w:rsidRDefault="00D81BEB">
@@ -16116,58 +16116,58 @@
           <w:tab w:val="left" w:pos="108"/>
         </w:tabs>
         <w:ind w:left="120" w:right="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00C6141F">
       <w:headerReference w:type="default" r:id="rId6"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="700" w:right="1320" w:bottom="700" w:left="1320" w:header="288" w:footer="331" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7310E0C4" w14:textId="77777777" w:rsidR="00054296" w:rsidRDefault="00054296">
+    <w:p w14:paraId="3E3364FD" w14:textId="77777777" w:rsidR="00E86D4E" w:rsidRDefault="00E86D4E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2D583747" w14:textId="77777777" w:rsidR="00054296" w:rsidRDefault="00054296">
+    <w:p w14:paraId="67DF7C40" w14:textId="77777777" w:rsidR="00E86D4E" w:rsidRDefault="00E86D4E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
@@ -16193,58 +16193,58 @@
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0BB41C6B" w14:textId="77777777" w:rsidR="00054296" w:rsidRDefault="00054296">
+    <w:p w14:paraId="0D55E2F4" w14:textId="77777777" w:rsidR="00E86D4E" w:rsidRDefault="00E86D4E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="44D63806" w14:textId="77777777" w:rsidR="00054296" w:rsidRDefault="00054296">
+    <w:p w14:paraId="48B98931" w14:textId="77777777" w:rsidR="00E86D4E" w:rsidRDefault="00E86D4E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="07C2E5E7" w14:textId="77777777" w:rsidR="00054296" w:rsidRDefault="00054296">
     <w:pPr>
       <w:ind w:left="120" w:right="12"/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblInd w:w="-510" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
@@ -16396,51 +16396,71 @@
             <w:t>270 Peachtree Street, N.W.</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="1DFB5D31" w14:textId="77777777" w:rsidR="00054296" w:rsidRDefault="00054296">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4788"/>
               <w:tab w:val="right" w:pos="9468"/>
             </w:tabs>
             <w:ind w:left="108" w:right="108"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="000000"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="000000"/>
             </w:rPr>
-            <w:t>Atlanta, Georgia  30303-1299</w:t>
+            <w:t xml:space="preserve">Atlanta, </w:t>
+          </w:r>
+          <w:proofErr w:type="gramStart"/>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="000000"/>
+            </w:rPr>
+            <w:t>Georgia  30303</w:t>
+          </w:r>
+          <w:proofErr w:type="gramEnd"/>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="000000"/>
+            </w:rPr>
+            <w:t>-1299</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2840" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:tcPr>
         <w:p w14:paraId="4F32EA88" w14:textId="645878B9" w:rsidR="00054296" w:rsidRDefault="005B22FB">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4788"/>
               <w:tab w:val="right" w:pos="9468"/>
             </w:tabs>
             <w:ind w:left="108" w:right="108"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="000000"/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="005B22FB">
@@ -16596,104 +16616,108 @@
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="62D20175" w14:textId="77777777" w:rsidR="00054296" w:rsidRDefault="00054296">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4788"/>
         <w:tab w:val="right" w:pos="9468"/>
       </w:tabs>
       <w:ind w:left="120" w:right="120"/>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:eastAsia="Courier" w:hAnsi="Courier" w:cs="Courier"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="T9rCbnO9nNgbBS7JXwIyDML8A7GQoNi7K5O8DNsDkwos9l1IeIjcuIAJc4IOxVh1d7UmMwQ0cwzS2K9qkhfZBg==" w:salt="4HOdKcZAmRv+cFdaRSID6w=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="q1niNxApdEDQ1KWuutT/nx4CoqWmd0khFY9qBlZf3X3gHqj6+AffUEwv5oRsi8tpU+Y4hyg4gI60W7sdFJixDw==" w:salt="z6H4CIRq0fgoX0ufsqwt2g=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C6141F"/>
     <w:rsid w:val="00054296"/>
     <w:rsid w:val="00060908"/>
     <w:rsid w:val="000A5042"/>
     <w:rsid w:val="000D21A6"/>
     <w:rsid w:val="001E7921"/>
     <w:rsid w:val="0027751C"/>
     <w:rsid w:val="002B5571"/>
     <w:rsid w:val="00320B80"/>
     <w:rsid w:val="00347833"/>
+    <w:rsid w:val="003B5BE7"/>
     <w:rsid w:val="003C1371"/>
     <w:rsid w:val="00424DA3"/>
     <w:rsid w:val="004613D7"/>
     <w:rsid w:val="005223DA"/>
     <w:rsid w:val="005B22FB"/>
     <w:rsid w:val="005D2EE6"/>
     <w:rsid w:val="006745B7"/>
     <w:rsid w:val="00772BAC"/>
     <w:rsid w:val="00782A63"/>
+    <w:rsid w:val="0082689C"/>
     <w:rsid w:val="009053FE"/>
     <w:rsid w:val="0091186A"/>
     <w:rsid w:val="00A2496A"/>
+    <w:rsid w:val="00A24DAB"/>
     <w:rsid w:val="00B1688F"/>
     <w:rsid w:val="00B1779E"/>
     <w:rsid w:val="00BE7C3C"/>
     <w:rsid w:val="00C32628"/>
     <w:rsid w:val="00C6141F"/>
     <w:rsid w:val="00CE1063"/>
     <w:rsid w:val="00D676FE"/>
     <w:rsid w:val="00D81BEB"/>
     <w:rsid w:val="00E65AF9"/>
     <w:rsid w:val="00E763B0"/>
+    <w:rsid w:val="00E86D4E"/>
     <w:rsid w:val="00FB6202"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>