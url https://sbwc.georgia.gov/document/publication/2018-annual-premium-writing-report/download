--- v0 (2025-10-08)
+++ v1 (2026-02-03)
@@ -50,100 +50,100 @@
         <w:t>ANNUAL PREMIUM WRITING REPORT</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F4DA870" w14:textId="77777777" w:rsidR="00D57383" w:rsidRDefault="00D57383">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="108"/>
         </w:tabs>
         <w:ind w:left="120" w:right="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5143A0C9" w14:textId="60ECA232" w:rsidR="00D57383" w:rsidRDefault="00EA5B97">
+    <w:p w14:paraId="5143A0C9" w14:textId="0D4E1F63" w:rsidR="00D57383" w:rsidRDefault="00EA5B97">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="108"/>
         </w:tabs>
         <w:ind w:left="120" w:right="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve">Section 34-9-63 of the Official Code of Georgia and State Board of Workers' Compensation Rule 63 indicates that each insurance carrier shall submit to the Workers' Compensation Board </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t>on or before March 1, 20</w:t>
       </w:r>
       <w:r w:rsidR="006B30BA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00E605B3">
+      <w:r w:rsidR="00902AF8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve">, a sworn statement of its </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t>DIRECT NET EARNED WORKERS' COMPENSATION PREMIUMS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
         </w:rPr>
@@ -1385,131 +1385,141 @@
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="2FD8CB80" w14:textId="77777777" w:rsidR="00BD70BE" w:rsidRDefault="00BD70BE" w:rsidP="00BD70BE">
             <w:pPr>
               <w:ind w:left="120" w:right="120"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="49E972F3" w14:textId="77777777" w:rsidR="00D57383" w:rsidRDefault="00D57383">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="108"/>
         </w:tabs>
         <w:ind w:left="120" w:right="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="15"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1BEBC1E6" w14:textId="28BD2859" w:rsidR="00D57383" w:rsidRDefault="00EA5B97">
+    <w:p w14:paraId="1BEBC1E6" w14:textId="6E365E31" w:rsidR="00D57383" w:rsidRDefault="00EA5B97">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="108"/>
         </w:tabs>
         <w:ind w:left="120" w:right="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve">During the period of one year from January 1, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00A42B85">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00E605B3">
-[...5 lines deleted...]
-        <w:t>4</w:t>
+      <w:r w:rsidR="00902AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
         </w:rPr>
-        <w:t>through December 31, 20</w:t>
+        <w:t xml:space="preserve">through December 31, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00A42B85">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00E605B3">
-[...6 lines deleted...]
-      </w:r>
+      <w:r w:rsidR="00902AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> WORKERS' COMPENSATION</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E7A646E" w14:textId="77777777" w:rsidR="00D57383" w:rsidRDefault="00D57383">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="108"/>
         </w:tabs>
         <w:ind w:left="120" w:right="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -1620,94 +1630,94 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t>DIRECT NET EARNED PREMIUMS WERE $</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A432E13" w14:textId="77777777" w:rsidR="00D57383" w:rsidRDefault="00D57383">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="108"/>
         </w:tabs>
         <w:ind w:left="120" w:right="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E4B91F4" w14:textId="51840480" w:rsidR="00D57383" w:rsidRDefault="00EA5B97">
+    <w:p w14:paraId="2E4B91F4" w14:textId="4354CC98" w:rsidR="00D57383" w:rsidRDefault="00EA5B97">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="108"/>
         </w:tabs>
         <w:ind w:left="120" w:right="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t>NOTICE:  Please attach to this report a copy of "page 14" of the 20</w:t>
       </w:r>
       <w:r w:rsidR="00A42B85">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00E605B3">
+      <w:r w:rsidR="00902AF8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> GEORGIA INSURANCE COMMISSION REPORT and email to assessment@sbwc.ga.gov.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="242B0B91" w14:textId="77777777" w:rsidR="00D57383" w:rsidRDefault="00D57383">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="108"/>
         </w:tabs>
         <w:ind w:left="120" w:right="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
@@ -2531,102 +2541,102 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="12" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5508"/>
         <w:gridCol w:w="5508"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D57383" w14:paraId="7F971160" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11016" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="1AE8B18D" w14:textId="2C8D5000" w:rsidR="00D57383" w:rsidRDefault="00EA5B97">
+          <w:p w14:paraId="1AE8B18D" w14:textId="3D0E8D3B" w:rsidR="00D57383" w:rsidRDefault="00EA5B97">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="108"/>
               </w:tabs>
               <w:ind w:left="108" w:right="108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>Enclosed is a copy of the Annual Premium Writing Report that must be completed and returned; along with a copy of the GEORGIA PAGE 14; on or before March 1</w:t>
             </w:r>
             <w:r w:rsidR="00C925C8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00C925C8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00E605B3">
+            <w:r w:rsidR="00902AF8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>, and email to assessment@sbwc.ga.gov.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6BF0358D" w14:textId="77777777" w:rsidR="00D57383" w:rsidRDefault="00D57383">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="108"/>
               </w:tabs>
               <w:ind w:left="108" w:right="108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="79435F6D" w14:textId="27EA8E87" w:rsidR="00D57383" w:rsidRDefault="00EA5B97">
@@ -2861,58 +2871,58 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>Chief Financial Officer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3D797E63" w14:textId="77777777" w:rsidR="00D57383" w:rsidRPr="000D6FBD" w:rsidRDefault="00D57383" w:rsidP="000D6FBD"/>
     <w:sectPr w:rsidR="00D57383" w:rsidRPr="000D6FBD">
       <w:headerReference w:type="default" r:id="rId6"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1160" w:right="600" w:bottom="720" w:left="600" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="40E557DB" w14:textId="77777777" w:rsidR="00CB0CDF" w:rsidRDefault="00CB0CDF">
+    <w:p w14:paraId="08089E18" w14:textId="77777777" w:rsidR="001F3017" w:rsidRDefault="001F3017">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="714A5E40" w14:textId="77777777" w:rsidR="00CB0CDF" w:rsidRDefault="00CB0CDF">
+    <w:p w14:paraId="68FF9658" w14:textId="77777777" w:rsidR="001F3017" w:rsidRDefault="001F3017">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
@@ -2938,58 +2948,58 @@
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7D7D30E6" w14:textId="77777777" w:rsidR="00CB0CDF" w:rsidRDefault="00CB0CDF">
+    <w:p w14:paraId="154B14E0" w14:textId="77777777" w:rsidR="001F3017" w:rsidRDefault="001F3017">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4C53BDA2" w14:textId="77777777" w:rsidR="00CB0CDF" w:rsidRDefault="00CB0CDF">
+    <w:p w14:paraId="6EAD781E" w14:textId="77777777" w:rsidR="001F3017" w:rsidRDefault="001F3017">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblInd w:w="12" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="2335"/>
       <w:gridCol w:w="5658"/>
       <w:gridCol w:w="3023"/>
@@ -3136,51 +3146,71 @@
             <w:t>270 Peachtree Street, N.W.</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="0DEF0BAE" w14:textId="77777777" w:rsidR="00D57383" w:rsidRDefault="00EA5B97">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4788"/>
               <w:tab w:val="right" w:pos="9468"/>
             </w:tabs>
             <w:ind w:left="108" w:right="108"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="000000"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="000000"/>
             </w:rPr>
-            <w:t>Atlanta, Georgia  30303-1299</w:t>
+            <w:t xml:space="preserve">Atlanta, </w:t>
+          </w:r>
+          <w:proofErr w:type="gramStart"/>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="000000"/>
+            </w:rPr>
+            <w:t>Georgia  30303</w:t>
+          </w:r>
+          <w:proofErr w:type="gramEnd"/>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="000000"/>
+            </w:rPr>
+            <w:t>-1299</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3023" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:tcPr>
         <w:p w14:paraId="269FC9F6" w14:textId="5F6121BE" w:rsidR="00D57383" w:rsidRDefault="00580571">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4788"/>
               <w:tab w:val="right" w:pos="9468"/>
             </w:tabs>
             <w:ind w:left="108" w:right="108"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="000000"/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00580571">
@@ -3336,89 +3366,92 @@
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="1E1B1F50" w14:textId="77777777" w:rsidR="00D57383" w:rsidRDefault="00D57383">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4788"/>
         <w:tab w:val="right" w:pos="9468"/>
       </w:tabs>
       <w:ind w:left="120" w:right="120"/>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:eastAsia="Courier" w:hAnsi="Courier" w:cs="Courier"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="fOWrGAVz69Vr3cmK+vbWUug4WxRHxoS7PXskMeDGX6Pi/Zk9kMCoHiI/eAtYA5j0U0UyVZlnQIPeDdpPJLluxg==" w:salt="nkUMSdnyGmev+vmkrTPsHg=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="vWmQSKqD6jQdggqsPGqQjgdgu3X6VsvdjFT4VuBp0/rRmlnM7u41o7cpoOPsbKWsn9CoRUi6WFLQ1Se3bIC2Ew==" w:salt="kCZbPWzhDqCpGDFQL3uabw=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D57383"/>
     <w:rsid w:val="00027C0B"/>
     <w:rsid w:val="00055E61"/>
     <w:rsid w:val="000618C1"/>
     <w:rsid w:val="000D6FBD"/>
     <w:rsid w:val="00176477"/>
+    <w:rsid w:val="001F3017"/>
     <w:rsid w:val="002F50D9"/>
     <w:rsid w:val="00416A3A"/>
     <w:rsid w:val="004F5DDA"/>
     <w:rsid w:val="005516A2"/>
     <w:rsid w:val="00580571"/>
     <w:rsid w:val="006B30BA"/>
     <w:rsid w:val="00701C22"/>
+    <w:rsid w:val="00902AF8"/>
     <w:rsid w:val="00930DFF"/>
     <w:rsid w:val="00A42B85"/>
     <w:rsid w:val="00BD70BE"/>
     <w:rsid w:val="00C438E9"/>
+    <w:rsid w:val="00C4628C"/>
     <w:rsid w:val="00C845A0"/>
     <w:rsid w:val="00C925C8"/>
     <w:rsid w:val="00CB0CDF"/>
     <w:rsid w:val="00D2581A"/>
     <w:rsid w:val="00D57383"/>
     <w:rsid w:val="00E605B3"/>
     <w:rsid w:val="00E84B62"/>
     <w:rsid w:val="00EA5B97"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>